--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -8092,51 +8092,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="008F3D29"/>
     <w:rPr>
       <w:b/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A1CC6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/form" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/code/title61.php" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/enrollment/bulletin" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19138&amp;public=true&amp;app=pt&amp;source=unspecified" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/-/sm/education/students/spsd/student-organization-manual-updated.ashx?la=en" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=15999&amp;public=true&amp;app=pt&amp;source=unspecified" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=unspecified" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/guidelines" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/form" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/code/title61.php" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/enrollment/bulletin" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19138&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/-/sm/education/students/spsd/student-organization-manual-updated.ashx?la=en" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=15999&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/guidelines" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>