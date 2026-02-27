--- v1 (2026-01-07)
+++ v2 (2026-02-27)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <!-- Generated by Aspose.Words for .NET 24.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="6906E9AE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="493F9652" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:right="216" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3155,51 +3155,51 @@
         <w:ind w:left="1080" w:right="-630" w:firstLine="60"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00B95A18" w:rsidP="00972768" w14:paraId="0F3053FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:right="-630"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00B95A18">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Professionalism and Standards of Conduct for Students</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00B95A18" w:rsidP="00972768" w14:paraId="4C12886F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:right="-630"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00BD62FC" w:rsidP="00972768" w14:paraId="7E08E71F" w14:textId="77777777">
       <w:pPr>
@@ -3409,51 +3409,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="5727C98A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:right="-630"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00DE2660">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>South Carolina Code of Laws Title 61: Alcohol and Alcoholic Beverages</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="2C6B8C56" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="34F38F44" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
@@ -3594,51 +3594,51 @@
         <w:t>References*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="6D31B937" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="216" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="0010163C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Engage</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="279B682C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3669,51 +3669,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="3D488DEF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720" w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE2660">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The policy will be published in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00EF23A7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>The Bulletin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE2660">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Information regarding the Student Alcohol Service Policy will be included in the Manual for Student Organizations and listed on all individual college websites.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="2379D8E0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -4096,56 +4096,56 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00972768" w:rsidRPr="00DE2660" w:rsidP="00972768" w14:paraId="5E77724A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1454"/>
         </w:tabs>
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00857B73" w:rsidRPr="00972768" w:rsidP="00972768" w14:paraId="1B40A139" w14:textId="77777777"/>
     <w:sectPr w:rsidSect="00FA481C">
-      <w:headerReference w:type="even" r:id="rId15"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="533" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -5414,51 +5414,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> version.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="000E308C" w:rsidRPr="00E560A1" w:rsidP="008A4C1F" w14:paraId="1B40A15B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:abstractNum w:abstractNumId="0">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05512816"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E10C618"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5528,51 +5528,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="141637C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67C2E10A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="inherit" w:hAnsi="inherit" w:hint="default"/>
         <w:sz w:val="27"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5618,51 +5618,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1489730E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5962FE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="10"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5707,51 +5707,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="183C6892"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A65A33D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5820,51 +5820,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EF57294"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADAC3442"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5933,51 +5933,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40AE1968"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC028D32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -6025,51 +6025,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53454780"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46E645B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6139,51 +6139,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C2C58CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76E251EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="93"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6252,51 +6252,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60C001EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37EE2276"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -6341,51 +6341,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61931A21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F0C5590"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -6430,51 +6430,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ED129DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FF088FD4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -6519,51 +6519,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="739038ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92BA8FEE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="93"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6632,51 +6632,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75D4271A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8778951C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6746,51 +6746,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E05479B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CA27958"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -6835,51 +6835,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EBD7766"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D88DDA0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8092,51 +8092,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="008F3D29"/>
     <w:rPr>
       <w:b/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005A1CC6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/form" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/code/title61.php" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/enrollment/bulletin" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19138&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/-/sm/education/students/spsd/student-organization-manual-updated.ashx?la=en" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=15999&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/guidelines" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/form" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/code/title61.php" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/enrollment/bulletin" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19138&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/-/sm/education/students/spsd/student-organization-manual-updated.ashx?la=en" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=15999&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/guidelines" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>