--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -16744,51 +16744,51 @@
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="site-footer-logostatement">
     <w:name w:val="site-footer-logo__statement"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="006559B9"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00CC5F75"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/form" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=unspecified" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=21348&amp;public=true&amp;app=pt&amp;source=unspecified" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/student-health-and-well-being-care-center/caps/services" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/student-health-and-well-being-care-center/caps/services/substance-misuse-counseling" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/content/drug-scheduling-and-penalties" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.getsmartaboutdrugs.gov/sites/default/files/2025-03/Drugs-Abuse-2024.pdf" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sccourts.org/summaryCourtBenchBook/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/drugs" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://coheasap.myacpa.org/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.collegedrinkingprevention.gov/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safesupportivelearning.ed.gov/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dea.gov/controlled-substances-act" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19162&amp;app=pt&amp;source=unspecified" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19248&amp;public=true&amp;fileonly=true&amp;app=pt&amp;source=unspecified" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/guidelines" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/form" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=21348&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/student-health-and-well-being-care-center/caps/services" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/student-health-and-well-being-care-center/caps/services/substance-misuse-counseling" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/content/drug-scheduling-and-penalties" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.getsmartaboutdrugs.gov/sites/default/files/2025-03/Drugs-Abuse-2024.pdf" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sccourts.org/summaryCourtBenchBook/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/drugs" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://coheasap.myacpa.org/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.collegedrinkingprevention.gov/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safesupportivelearning.ed.gov/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dea.gov/controlled-substances-act" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19162&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19248&amp;public=true&amp;fileonly=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/guidelines" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>