--- v1 (2026-01-07)
+++ v2 (2026-02-27)
@@ -8,51 +8,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <!-- Generated by Aspose.Words for .NET 24.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="7DC1FAB1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="15BB501D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720" w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2484,51 +2484,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Controlled substance – Refer to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Controlled Substance Act</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  (CSA), which places all substances which were in some manner regulated under existing federal law into one of five schedules.  This placement is based upon the substance's medical use, potential for abuse, and safety or dependence liability. Link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
+      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Controlled Substances Act</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="1173B9AA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3500"/>
         </w:tabs>
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
@@ -3595,257 +3595,257 @@
         </w:rPr>
         <w:t xml:space="preserve"> and Information</w:t>
       </w:r>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="30458609" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Drug-Free Workplace</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E032AE" w:rsidR="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (net ID required)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="7633D38B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Alcohol Service Policy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="3D477841" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="-630"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>MUSC Student Events with Alcohol</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E032AE" w:rsidR="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Responsible Hosting Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E032AE" w:rsidR="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Alcohol Service Request Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E032AE" w:rsidR="00E032AE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Information</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="79DD19B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="-630"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>En</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>g</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>age</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="3230AC51" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="-630"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>Professionalism and Standards of Conduct for Students</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00E032AE" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="21552096" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Student Arrest / Charged Policy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="4EFA4887" w14:textId="7D9A3E4E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Professionalism and Standards of Conduct for Students</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="72BD3DC7" w14:textId="2819B651">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4312,51 +4312,51 @@
         </w:tabs>
         <w:ind w:left="720" w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>References**</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="485DC133" w14:textId="4AD6D118">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Counseling &amp; Psych</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -4387,51 +4387,51 @@
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t xml:space="preserve">ical Services </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00E032AE" w:rsidRPr="00E032AE" w:rsidP="00E032AE" w14:paraId="01232729" w14:textId="0B0E1A23">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">CAPS:  </w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Substance Misuse Counseling</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="4FC9AED9" w14:textId="07FF60C6">
       <w:pPr>
         <w:ind w:left="720"/>
@@ -10703,51 +10703,51 @@
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="5DE4C4C3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="2C5D615B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Drug Sc</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>h</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -10831,51 +10831,51 @@
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Federal trafficking penalties</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="561736C8" w14:textId="454EAFF5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.getsmartaboutdrugs.gov/sites/de</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>fault/fil</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>es/202</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
@@ -10928,51 +10928,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="003B0863" w:rsidRPr="00E032AE" w:rsidP="00CC5F75" w14:paraId="4029B115" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.getsmartaboutdrugs.gov/sites/default/files/2025-03/Drugs-Abuse-2024.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="003B0863" w14:paraId="1DE42973" w14:textId="307629AD">
       <w:pPr>
@@ -11058,51 +11058,51 @@
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="715CFDAA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>South C</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
@@ -11142,51 +11142,51 @@
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Federal trafficking penalties are listed on pages </w:t>
       </w:r>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>38 - 39</w:t>
       </w:r>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>DRUGS</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
@@ -11328,51 +11328,51 @@
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="62AB8DC7" w14:textId="3C2AAC83">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Drug In</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>d</w:t>
@@ -11448,51 +11448,51 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="6A6B02F4" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="265D278E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Drug Sche</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>d</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -11611,51 +11611,51 @@
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="50AF123F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Campus Drug P</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>r</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -11735,51 +11735,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="1BEE1B9E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>Coalition o</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>f</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -11811,51 +11811,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="3C1FA3AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t xml:space="preserve">College Drinking </w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>P</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -11924,51 +11924,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="367BFAF9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>National Center for</w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00E032AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -12352,56 +12352,56 @@
       </w:pPr>
       <w:r w:rsidRPr="00E032AE">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="184F4C13" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006559B9" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="352638F0" w14:textId="77777777"/>
     <w:p w:rsidR="00B52EBA" w:rsidRPr="00E032AE" w:rsidP="006559B9" w14:paraId="2D98F0AD" w14:textId="77777777"/>
     <w:sectPr w:rsidSect="00FA481C">
-      <w:headerReference w:type="even" r:id="rId24"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId29"/>
+      <w:headerReference w:type="even" r:id="rId29"/>
+      <w:headerReference w:type="default" r:id="rId30"/>
+      <w:footerReference w:type="even" r:id="rId31"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
+      <w:headerReference w:type="first" r:id="rId33"/>
+      <w:footerReference w:type="first" r:id="rId34"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="533" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -13735,51 +13735,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> version.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="000E308C" w:rsidRPr="00E560A1" w:rsidP="008A4C1F" w14:paraId="2D98F0CF" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:abstractNum w:abstractNumId="0">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03063796"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F41C9874"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -13824,51 +13824,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B9337E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1881D96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1870" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2590" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -13913,51 +13913,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6190" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6910" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7630" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17E567AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C40622E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14026,51 +14026,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21CC3D99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C570F190"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -14115,51 +14115,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2987640A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F89C40BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -14204,51 +14204,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C44786C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C27CCA22"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2268" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -14293,51 +14293,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3289646C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E482ED88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14406,51 +14406,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39DB4F95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0E630CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14519,51 +14519,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BCD5BF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A0EBBC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -14610,51 +14610,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EA86B9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DAA9968"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -14699,51 +14699,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47EE392E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EACC5430"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -14788,51 +14788,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A3A30CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61D0CEDE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14901,51 +14901,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C2C58CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76E251EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="93"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15014,51 +15014,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60C001EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37EE2276"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -15103,51 +15103,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C7F0048"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B845046"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -15192,51 +15192,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9180" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9900" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="739038ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92BA8FEE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="93"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15305,51 +15305,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78AA6D87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3460AD9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15418,51 +15418,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FC32521"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1610C2F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -16744,51 +16744,51 @@
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="site-footer-logostatement">
     <w:name w:val="site-footer-logo__statement"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="006559B9"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00CC5F75"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/form" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=21348&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/student-health-and-well-being-care-center/caps/services" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/student-health-and-well-being-care-center/caps/services/substance-misuse-counseling" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/content/drug-scheduling-and-penalties" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.getsmartaboutdrugs.gov/sites/default/files/2025-03/Drugs-Abuse-2024.pdf" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sccourts.org/summaryCourtBenchBook/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/drugs" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://coheasap.myacpa.org/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.collegedrinkingprevention.gov/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safesupportivelearning.ed.gov/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dea.gov/controlled-substances-act" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19162&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19248&amp;public=true&amp;fileonly=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/guidelines" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/guidelines" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol/form" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.campuslabs.com/engage/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=21348&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19137&amp;public=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/student-health-and-well-being-care-center/caps/services" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/student-health-and-well-being-care-center/caps/services/substance-misuse-counseling" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/content/drug-scheduling-and-penalties" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.getsmartaboutdrugs.gov/sites/default/files/2025-03/Drugs-Abuse-2024.pdf" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.getsmartaboutdrugs.gov/sites/default/files/2025-03/Drugs-Abuse-2024.pdf" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sccourts.org/summaryCourtBenchBook/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.getsmartaboutdrugs.gov/sites/default/files/2025-03/Drugs-Abuse-2024.pdf" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/drugs" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/content/drug-scheduling-and-penalties" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.campusdrugprevention.gov/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://coheasap.myacpa.org/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.collegedrinkingprevention.gov/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://safesupportivelearning.ed.gov/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId38" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dea.gov/controlled-substances-act" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dea.gov/controlled-substances-act" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19162&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://musc.policytech.com/docview/?docid=19248&amp;public=true&amp;fileonly=true&amp;app=pt&amp;source=doclink" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.musc.edu/students/ose/leadership-and-organizations/events-with-alcohol" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>